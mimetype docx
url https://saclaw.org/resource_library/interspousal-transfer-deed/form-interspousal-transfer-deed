--- v0 (2026-02-14)
+++ v1 (2026-03-06)
@@ -840,51 +840,71 @@
             <w:r w:rsidRPr="004F7305">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004F7305">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004F7305">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Computed on full value less liens and encumbrances assumed</w:t>
+              <w:t xml:space="preserve"> Computed on full value less </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F7305">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>liens</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004F7305">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and encumbrances assumed</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C9672F3" w14:textId="77777777" w:rsidR="00CC5AA1" w:rsidRPr="004F7305" w:rsidRDefault="00CC5AA1" w:rsidP="004E3E8A">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="0" w:right="-103"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F7305">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -1515,51 +1535,71 @@
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="1E33D4A5" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.2pt;margin-top:1pt;width:231.1pt;height:79.5pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDD4cxTCQIAAO4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKt65R02nqGEIa&#10;A2nwA1zHaSxsnzm7Tcuv5+x0XQVviDxYvpz93X3ffV7eHqxhe4VBg2t4NSk5U05Cq9224d+/Pby7&#10;4SxE4VphwKmGH1Xgt6u3b5aDr9UUejCtQkYgLtSDb3gfo6+LIsheWREm4JWjZAdoRaQQt0WLYiB0&#10;a4ppWV4XA2DrEaQKgf7ej0m+yvhdp2T80nVBRWYaTr3FvGJeN2ktVktRb1H4XstTG+IfurBCOyp6&#10;hroXUbAd6r+grJYIAbo4kWAL6DotVeZAbKryDzbPvfAqcyFxgj/LFP4frHzaP/uvmFoP/hHkj8Ac&#10;rHvhtuoOEYZeiZbKVUmoYvChPl9IQaCrbDN8hpZGK3YRsgaHDm0CJHbskKU+nqVWh8gk/Zwu3s8W&#10;c5qIpFxVlovrqzyMQtQv1z2G+FGBZWnTcKRZZnixfwwxtSPqlyOpmoMHbUyep3FsINTpvCzzjQBG&#10;tymbaSZrqbVBthdkingYuRH/y1NWR/Kl0bbhN2X6RqckOT64NleJQptxT50Yd9InSZLcF+oNtEeS&#10;B2E0HT0S2vSAvzgbyHANDz93AhVn5pMjiRfVbJYcmoPZ1XxKAV5mNpcZ4SRBUfucjdt1HF2986i3&#10;PVWqMnUHdzSWTmfBXrs6NUumyjqeHkBy7WWcT70+09VvAAAA//8DAFBLAwQUAAYACAAAACEAlG78&#10;Yd4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBi9hNShokZlO04kUR+iHi&#10;cZodk2B2NmS3bfTXO570NAzvyzPPlMvJ9epIY+g8G0hnCSji2tuOGwOvu8frG1AhIlvsPZOBLwqw&#10;rM7PSiysP/GGjtvYKIFwKNBAG+NQaB3qlhyGmR+IJfvwo8Mo69hoO+JJ4K7X8yTJtcOO5UKLA61a&#10;qj+3BycU273vFunT+uV5ZYc3/N4sHq7ujbm8mO5uQUWa4l8ZfvVFHSpx2vsD26B6A/NMijLkIUmz&#10;PMtB7aWWpwnoqtT//asfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMPhzFMJAgAA7gMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJRu/GHeAAAA&#10;BwEAAA8AAAAAAAAAAAAAAAAAYwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" strokecolor="black [3213]" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="004E3E8A" w:rsidRPr="00F60FAC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Declaration of Exemption From GC § 27388.1 Fee</w:t>
+              <w:t xml:space="preserve">Declaration of Exemption </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="004E3E8A" w:rsidRPr="00F60FAC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>From</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="004E3E8A" w:rsidRPr="00F60FAC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> GC § 27388.1 Fee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A46C780" w14:textId="77777777" w:rsidR="004E3E8A" w:rsidRPr="00F60FAC" w:rsidRDefault="004E3E8A" w:rsidP="004E3E8A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="40"/>
               <w:ind w:left="90" w:firstLine="12"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F60FAC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -2330,51 +2370,51 @@
       </w:r>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Transfer to a spouse or former spouse in connection with a property settlement agreement or decree of dissolution of a marriage or legal separation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B867ADE" w14:textId="77777777" w:rsidR="00CC5AA1" w:rsidRPr="00CC5AA1" w:rsidRDefault="00CC5AA1" w:rsidP="00CC5AA1">
+    <w:p w14:paraId="1B867ADE" w14:textId="2C602FBC" w:rsidR="00CC5AA1" w:rsidRPr="00CC5AA1" w:rsidRDefault="00CC5AA1" w:rsidP="00CC5AA1">
       <w:pPr>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
@@ -2391,54 +2431,72 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Creation, transfer, or termination, solely between sposues, of any co-owner's interest.</w:t>
+        <w:t xml:space="preserve"> Creation, transfer, or termination, solely between spou</w:t>
+      </w:r>
+      <w:r w:rsidR="00727ECA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC5AA1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>es, of any co-owner's interest.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11245524" w14:textId="77777777" w:rsidR="00CC5AA1" w:rsidRPr="00CC5AA1" w:rsidRDefault="00CC5AA1" w:rsidP="00CC5AA1">
+    <w:p w14:paraId="11245524" w14:textId="6A6DE4EA" w:rsidR="00CC5AA1" w:rsidRPr="00CC5AA1" w:rsidRDefault="00CC5AA1" w:rsidP="00CC5AA1">
       <w:pPr>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
@@ -2455,51 +2513,87 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Distrtibution of a legal entity's property to a spouse or former spouse in exchange for the interest of such spouse in the legal entity in connnection with a property settlement agreement or a decree of dissolution of a marriage or legal separation.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00727ECA" w:rsidRPr="00CC5AA1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Distribution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC5AA1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of a legal entity's property to a spouse or former spouse in exchange for the interest of such spouse in the legal entity in </w:t>
+      </w:r>
+      <w:r w:rsidR="00727ECA" w:rsidRPr="00CC5AA1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>connection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC5AA1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a property settlement agreement or a decree of dissolution of a marriage or legal separation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39E30C49" w14:textId="77777777" w:rsidR="00CC5AA1" w:rsidRPr="00CC5AA1" w:rsidRDefault="00CC5AA1" w:rsidP="00CC5AA1">
       <w:pPr>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5AA1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -3722,108 +3816,108 @@
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002D3106" w:rsidRPr="0019461A" w:rsidSect="004F7305">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="630" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="036DF5B0" w14:textId="77777777" w:rsidR="005A1BEC" w:rsidRDefault="005A1BEC" w:rsidP="002D3106">
+    <w:p w14:paraId="2565321C" w14:textId="77777777" w:rsidR="002E177C" w:rsidRDefault="002E177C" w:rsidP="002D3106">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C93D7FE" w14:textId="77777777" w:rsidR="005A1BEC" w:rsidRDefault="005A1BEC" w:rsidP="002D3106">
+    <w:p w14:paraId="542653A5" w14:textId="77777777" w:rsidR="002E177C" w:rsidRDefault="002E177C" w:rsidP="002D3106">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70864EAA" w14:textId="77777777" w:rsidR="005A1BEC" w:rsidRDefault="005A1BEC" w:rsidP="002D3106">
+    <w:p w14:paraId="1688FFFF" w14:textId="77777777" w:rsidR="002E177C" w:rsidRDefault="002E177C" w:rsidP="002D3106">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CC414CF" w14:textId="77777777" w:rsidR="005A1BEC" w:rsidRDefault="005A1BEC" w:rsidP="002D3106">
+    <w:p w14:paraId="21112F5E" w14:textId="77777777" w:rsidR="002E177C" w:rsidRDefault="002E177C" w:rsidP="002D3106">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5C7C5FDD" w14:textId="1400A7E0" w:rsidR="002D3106" w:rsidRDefault="00546B36" w:rsidP="002D3106">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="6333"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
@@ -4270,124 +4364,128 @@
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="58B0FA6C" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-6e-5mm;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,158.5pt" to="516.9pt,158.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBVZouswEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvbJIWVlW02R5awaWC&#10;itIPcJ3xxqrtsWyzyf49Y2eTIkAIVVys2PPmzXszk931ZA07QogaXcebTc0ZOIm9doeOP377+O6K&#10;s5iE64VBBx0/QeTX+7dvdqNv4QIHND0ERiQutqPv+JCSb6sqygGsiBv04CioMFiR6BoOVR/ESOzW&#10;VBd1va1GDL0PKCFGer2dg3xf+JUCmb4oFSEx03HSlsoZyvmUz2q/E+0hCD9oeZYhXqHCCu2o6Ep1&#10;K5Jg34P+jcpqGTCiShuJtkKltITigdw09S9uHgbhoXih5kS/tin+P1r5+Xjj7kOWLif34O9QPkdq&#10;SjX62K7BfIl+hk0q2Awn7WwqjTytjYQpMUmP2w/b99tL6rdcYpVol0QfYvoEaFn+6LjRLnsUrTje&#10;xZRLi3aB5Gfj2Njxy6umLtMqwmYtRVU6GZhhX0Ex3VP1ptCVFYIbE9hR0PD75yYPm8iNI2ROUdqY&#10;Nan+e9IZm9OgrNW/Jq7oUhFdWhOtdhj+VDVNi1Q148/jiLPXbPsJ+9N9WOZEu1Gcnfc4L9/P95L+&#10;8rftfwAAAP//AwBQSwMEFAAGAAgAAAAhABRJZczdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j09Lw0AQxe+C32EZwZvdxIB/0myKVXJRQVqLvW6TMQlmZ0N2msRv7xQEvc3Me7z5vWw1u06NOITW&#10;k4F4EYFCKn3VUm1g915c3YEKbKmynSc08I0BVvn5WWbTyk+0wXHLtZIQCqk10DD3qdahbNDZsPA9&#10;kmiffnCWZR1qXQ12knDX6esoutHOtiQfGtvjY4Pl1/boDLw+8bQuPp5H3u2LcP8Wb3h+WRtzeTE/&#10;LEExzvxnhhO+oEMuTAd/pCqozoAUYQNJfCvDSY6SRKocfk86z/T/BvkPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAEFVmi6zAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhABRJZczdAAAACQEAAA8AAAAAAAAAAAAAAAAADQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight="3pt">
               <v:stroke joinstyle="miter"/>
               <o:lock v:ext="edit" shapetype="f"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="002D3106">
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E46F2"/>
     <w:rsid w:val="0000216D"/>
     <w:rsid w:val="0019461A"/>
     <w:rsid w:val="002D3106"/>
+    <w:rsid w:val="002E177C"/>
     <w:rsid w:val="00325B24"/>
     <w:rsid w:val="004D048D"/>
     <w:rsid w:val="004E3E8A"/>
     <w:rsid w:val="004F7305"/>
     <w:rsid w:val="00546B36"/>
     <w:rsid w:val="005A1BEC"/>
     <w:rsid w:val="005E4732"/>
     <w:rsid w:val="005F6D97"/>
     <w:rsid w:val="006F450C"/>
+    <w:rsid w:val="00723B63"/>
+    <w:rsid w:val="00727ECA"/>
     <w:rsid w:val="007E46F2"/>
     <w:rsid w:val="00811CEE"/>
     <w:rsid w:val="00860F08"/>
     <w:rsid w:val="00937D7E"/>
     <w:rsid w:val="00AE67CB"/>
     <w:rsid w:val="00AF41EF"/>
     <w:rsid w:val="00BA4EA7"/>
     <w:rsid w:val="00CC5AA1"/>
     <w:rsid w:val="00CC7340"/>
     <w:rsid w:val="00D6667F"/>
     <w:rsid w:val="00E108A5"/>
     <w:rsid w:val="00E11DDE"/>
     <w:rsid w:val="00E93714"/>
     <w:rsid w:val="00F1572B"/>
     <w:rsid w:val="00F54108"/>
     <w:rsid w:val="00F60FAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5C861BAC"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{C361ADAC-BC7A-4A59-AD98-D76C31478400}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
@@ -5666,57 +5764,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>421</Words>
-  <Characters>3645</Characters>
+  <Characters>2926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4058</CharactersWithSpaces>
+  <CharactersWithSpaces>3358</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kate Fitz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>